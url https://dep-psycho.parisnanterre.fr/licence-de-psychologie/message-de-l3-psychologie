--- v0 (2025-10-14)
+++ v1 (2026-02-12)
@@ -1,48 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="7AAF98D3" w14:textId="32D039E1" w:rsidR="003125D8" w:rsidRPr="00E77E1D" w:rsidRDefault="003125D8" w:rsidP="003125D8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77E1D">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Message en direction des L</w:t>
       </w:r>
       <w:r w:rsidR="00E425B4">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77E1D">
         <w:rPr>
@@ -176,50 +177,52 @@
       </w:r>
       <w:r w:rsidR="003125D8">
         <w:t>Mme MAZ</w:t>
       </w:r>
       <w:r w:rsidR="003125D8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>É,</w:t>
       </w:r>
       <w:r w:rsidR="003125D8">
         <w:t xml:space="preserve"> équipe pédagogique </w:t>
       </w:r>
       <w:r w:rsidR="003125D8" w:rsidRPr="00E77E1D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>psychologie sociale</w:t>
       </w:r>
       <w:r w:rsidR="003125D8">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A34B34">
         <w:t xml:space="preserve">directrice de la licence. </w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="27031408" w14:textId="35713712" w:rsidR="00B63C4F" w:rsidRPr="00814BC6" w:rsidRDefault="00284173" w:rsidP="00284173">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00342763">
         <w:t>« </w:t>
       </w:r>
       <w:r w:rsidR="00F775BC">
         <w:t xml:space="preserve">Notre fonction consiste à vous accompagner tout au long de l’année universitaire : nous </w:t>
       </w:r>
       <w:r w:rsidR="00FB6BC2">
         <w:t>nous tenons à votre disposition</w:t>
       </w:r>
       <w:r w:rsidR="00F775BC">
         <w:t xml:space="preserve"> pour </w:t>
       </w:r>
       <w:r w:rsidR="0094448A">
         <w:t>vos</w:t>
@@ -283,394 +286,407 @@
       </w:r>
       <w:r w:rsidR="00342763" w:rsidRPr="00E77E1D">
         <w:t xml:space="preserve">Pour toute question d’ordre administratif, </w:t>
       </w:r>
       <w:r w:rsidR="00F2207B" w:rsidRPr="00E77E1D">
         <w:t xml:space="preserve">emploi du temps, examens, </w:t>
       </w:r>
       <w:r w:rsidR="008E58B3">
         <w:t>contactez votre secrétariat pédagogique</w:t>
       </w:r>
       <w:r w:rsidR="004365E7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00342763" w:rsidRPr="00E77E1D">
         <w:t>».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B3F2BE" w14:textId="335533DA" w:rsidR="00E425B4" w:rsidRDefault="00E77E1D" w:rsidP="00A34B34">
       <w:r>
         <w:t>Mme</w:t>
       </w:r>
       <w:r w:rsidR="00F775BC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E425B4">
-        <w:t>CHAUDOYE</w:t>
-[...2 lines deleted...]
-        <w:t> </w:t>
+        <w:t>CHAUDOYE </w:t>
       </w:r>
       <w:r w:rsidR="00F775BC">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00E425B4">
-[...16 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00E425B4" w:rsidRPr="00D06BCB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>g.chaudoye@parisnanterre.fr</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6175DE0E" w14:textId="77777777" w:rsidR="004365E7" w:rsidRDefault="004365E7" w:rsidP="00A34B34"/>
-    <w:p w14:paraId="7092F520" w14:textId="77777777" w:rsidR="00FD6FC1" w:rsidRPr="00FD6FC1" w:rsidRDefault="00FD6FC1" w:rsidP="00FD6FC1">
+    <w:p w14:paraId="6E2D33ED" w14:textId="77777777" w:rsidR="007345EF" w:rsidRDefault="00A6080E" w:rsidP="00FD6FC1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD6FC1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>MR BONNET</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00FD6FC1">
+        <w:t>Latifa AOUADI</w:t>
+      </w:r>
+      <w:del w:id="2" w:author="Banaziack Thomas" w:date="2026-02-10T11:19:00Z">
+        <w:r w:rsidR="00FD6FC1" w:rsidRPr="00FD6FC1" w:rsidDel="00A6080E">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="5E5D5D"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:delText> </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00FD6FC1" w:rsidRPr="00FD6FC1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>: Secrétariat Pédagogique Licence 3 Psychologie / Mail : </w:t>
-[...11 lines deleted...]
-      </w:hyperlink>
+        <w:t>: Secrétariat Pédagogique Licence 3 Psychologie / Mail :</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3EE996B7" w14:textId="77777777" w:rsidR="00FD6FC1" w:rsidRPr="00FD6FC1" w:rsidRDefault="00FD6FC1" w:rsidP="00FD6FC1">
+    <w:p w14:paraId="7092F520" w14:textId="1A80313A" w:rsidR="00FD6FC1" w:rsidRDefault="00A6080E" w:rsidP="00FD6FC1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>secretariat-l3-psychologie@spse.parisnanterre.fr</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00FD6FC1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>UFR Sciences Psychologiques et Sciences de l'Éducation (SPSE)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD6FC1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42ED2C3A" w14:textId="77777777" w:rsidR="007345EF" w:rsidRPr="00FD6FC1" w:rsidRDefault="007345EF" w:rsidP="00FD6FC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE996B7" w14:textId="1FC682B7" w:rsidR="00FD6FC1" w:rsidRDefault="00FD6FC1" w:rsidP="00FD6FC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5E5D5D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>UFR Sciences Psychologiques et Sciences de l'Éducation (SPSE)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD6FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5E5D5D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
         <w:t>Tél. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00FD6FC1">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>01 40 97 75 07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2247C598" w14:textId="77777777" w:rsidR="00FD6FC1" w:rsidRPr="00FD6FC1" w:rsidRDefault="00FD6FC1" w:rsidP="00FD6FC1">
+    <w:p w14:paraId="1D917190" w14:textId="77777777" w:rsidR="007345EF" w:rsidRPr="00FD6FC1" w:rsidRDefault="007345EF" w:rsidP="00FD6FC1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD6FC1">
+    </w:p>
+    <w:p w14:paraId="2247C598" w14:textId="77777777" w:rsidR="00FD6FC1" w:rsidRPr="00FD6FC1" w:rsidRDefault="00FD6FC1" w:rsidP="00FD6FC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Bâtiment ZAZZO (C</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00FD6FC1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>) ,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Bâtiment ZAZZO (C) , 4eme étage, Bureau C409b</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FD6FC1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4eme étage, Bureau C409b</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD6FC1">
+        <w:br/>
+        <w:t>200 av. de la République - 92001 Nanterre Cedex</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36742D43" w14:textId="77777777" w:rsidR="00FD6FC1" w:rsidRPr="00FD6FC1" w:rsidRDefault="00FD6FC1" w:rsidP="00FD6FC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD6FC1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Site : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00FD6FC1">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ufr-spse.parisnanterre.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="36C3796F" w14:textId="0F371429" w:rsidR="00FC068A" w:rsidRPr="004365E7" w:rsidRDefault="00FC068A" w:rsidP="00A34B34">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="5E5D5D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FC068A" w:rsidRPr="004365E7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w15:person w15:author="Banaziack Thomas">
+    <w15:presenceInfo w15:providerId="None" w15:userId="Banaziack Thomas"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F6CB1"/>
     <w:rsid w:val="00284173"/>
     <w:rsid w:val="003125D8"/>
     <w:rsid w:val="00342763"/>
     <w:rsid w:val="00362118"/>
     <w:rsid w:val="003747DD"/>
     <w:rsid w:val="003913ED"/>
     <w:rsid w:val="004365E7"/>
     <w:rsid w:val="00446032"/>
     <w:rsid w:val="00453BE4"/>
     <w:rsid w:val="004F6CB1"/>
     <w:rsid w:val="006304DD"/>
     <w:rsid w:val="0069047B"/>
+    <w:rsid w:val="007345EF"/>
     <w:rsid w:val="007B32D8"/>
     <w:rsid w:val="00814BC6"/>
     <w:rsid w:val="008E58B3"/>
     <w:rsid w:val="0094448A"/>
     <w:rsid w:val="009C52DA"/>
     <w:rsid w:val="00A34B34"/>
+    <w:rsid w:val="00A6080E"/>
     <w:rsid w:val="00AD580F"/>
     <w:rsid w:val="00B63C4F"/>
     <w:rsid w:val="00C40568"/>
     <w:rsid w:val="00C47C23"/>
     <w:rsid w:val="00E425B4"/>
     <w:rsid w:val="00E77E1D"/>
     <w:rsid w:val="00F2207B"/>
     <w:rsid w:val="00F775BC"/>
     <w:rsid w:val="00FB6BC2"/>
     <w:rsid w:val="00FC068A"/>
     <w:rsid w:val="00FD6FC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="69D842C2"/>
   <w15:docId w15:val="{B2B4659E-30EB-4C71-B3FF-4C746EDB575B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -998,140 +1014,136 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F775BC"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC068A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A34B34"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003913ED"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="339434943">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="425688144">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1149,51 +1161,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1153251352">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufr-spse.u-paris10.fr/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="callto:01%2040%2097%2075%2007" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:L3-psychologie@liste.parisnanterre.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufr-spse.u-paris10.fr/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="callto:01%2040%2097%2075%2007" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groups.google.com/a/spse.parisnanterre.fr/g/secretariat-l3-psychologie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.chaudoye@parisnanterre.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1422,77 +1434,77 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34778D64-0FE4-43D3-A6BF-23D0929DFBF9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{672495B5-20B1-47E7-A4DA-332290E4025F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>222</Words>
-  <Characters>1222</Characters>
+  <Words>228</Words>
+  <Characters>1259</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Paris Ouest Nanterre La Défense</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1442</CharactersWithSpaces>
+  <CharactersWithSpaces>1485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Clémence DAYAN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>